--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3887b685a3504d36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R200811fec2e349ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c7b98a649894728"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R115b00c99c5c401e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4048d50e5474de4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c7b98a649894728" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f6b08a411914c08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R115b00c99c5c401e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Pharma Breakthrough UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF0H7608</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>10,303</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,956</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>