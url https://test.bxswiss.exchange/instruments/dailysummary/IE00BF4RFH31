--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra81b8f2e1bf44899" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6235b940b611408c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a9eea46cbf64bb4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1dcb26d8945242a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26e014ad2318493b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a9eea46cbf64bb4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a82bbf567184064" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1dcb26d8945242a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III MSCI World Small Cap UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF4RFH31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>6,964</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,899</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...460 lines deleted...]
-          <x:t>7,037</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,239</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>