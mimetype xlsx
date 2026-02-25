--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6235b940b611408c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b77296082dd47db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1dcb26d8945242a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c81f0a832b444eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a82bbf567184064" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1dcb26d8945242a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R524a8cdca4734343" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c81f0a832b444eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III MSCI World Small Cap UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF4RFH31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...301 lines deleted...]
-          <x:t>7,158</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,182</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>7,188</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,173</x:t>
-[...65 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>7,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,290</x:t>
-[...117 lines deleted...]
-          <x:t>7,239</x:t>
+          <x:t>7,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,612</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>