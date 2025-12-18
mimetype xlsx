--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ee7464dcf3b4609" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d42f2c406c94dc4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8046de90b1ea4f96"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R079bab8fea834439"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5802b51b1e24775" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8046de90b1ea4f96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc63379bdbb4d4330" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R079bab8fea834439" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EUR IG Corporate Bond ESG UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF51K249</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,508</x:t>
-[...269 lines deleted...]
-          <x:t>17,391</x:t>
+          <x:t>17,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,358</x:t>
-[...124 lines deleted...]
-          <x:t>17,384</x:t>
+          <x:t>17,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,349</x:t>
-[...43 lines deleted...]
-          <x:t>17,378</x:t>
+          <x:t>17,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,334</x:t>
-[...107 lines deleted...]
-          <x:t>17,378</x:t>
+          <x:t>17,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,216</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>