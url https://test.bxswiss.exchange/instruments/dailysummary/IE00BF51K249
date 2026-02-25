--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d42f2c406c94dc4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8aaca6891c3a4091" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R079bab8fea834439"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a07caa627364a3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc63379bdbb4d4330" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R079bab8fea834439" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcd6eead34ea41bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a07caa627364a3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EUR IG Corporate Bond ESG UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF51K249</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>17,165</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,227</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>17,231</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,313</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>17,216</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,282</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>