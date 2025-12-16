--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re46de160d3d443ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03c838a608494236" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd50a9422106e471c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96914d8ae40941de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re08d9790caed44c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd50a9422106e471c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2eb4d400f3714cdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96914d8ae40941de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PIMCO US Short-Term High Yield Corporate Bond Index UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF8HV600</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>69,607</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,196</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>