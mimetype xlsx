--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03c838a608494236" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb62d39de60d4dd5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96914d8ae40941de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec2ef612827b4688"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2eb4d400f3714cdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96914d8ae40941de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R464d765c758d4d76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec2ef612827b4688" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PIMCO US Short-Term High Yield Corporate Bond Index UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BF8HV600</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...269 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,948</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...308 lines deleted...]
-          <x:t>69,196</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,042</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>