--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f79915892174ac8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2272a56acbca483a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a050a7068fa4f33"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R673c72dfc02c491a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R440ff70d53714c07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a050a7068fa4f33" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46d7cfb6e4d24fc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R673c72dfc02c491a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core MSCI Japan IMI UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFM15T99</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,296</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,360</x:t>
-[...16 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>7,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,315</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>7,369</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>16.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,420</x:t>
-[...306 lines deleted...]
-          <x:t>7,276</x:t>
+          <x:t>7,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,589</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>