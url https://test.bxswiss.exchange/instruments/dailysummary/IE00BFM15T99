--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2272a56acbca483a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfdc052fb9504bd9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R673c72dfc02c491a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45987cccb3d745ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46d7cfb6e4d24fc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R673c72dfc02c491a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ef037f3ade94754" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45987cccb3d745ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core MSCI Japan IMI UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFM15T99</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,541</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...239 lines deleted...]
-          <x:t>7,508</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,470</x:t>
-[...146 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>7,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,579</x:t>
-[...21 lines deleted...]
-          <x:t>7,561</x:t>
+          <x:t>7,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,498</x:t>
-[...139 lines deleted...]
-          <x:t>7,589</x:t>
+          <x:t>7,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,984</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>