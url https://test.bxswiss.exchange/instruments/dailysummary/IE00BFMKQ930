--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3f6f68dc9c948e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b77d9b3a9844f76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bf9c6688604437a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ebeb5140e124dc7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bf4accbc91941e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bf9c6688604437a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb42f1e70b9fa440a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ebeb5140e124dc7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers USD Corporate Bond Short Duration SRI PAB UCITS ETF 2C EUR Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFMKQ930</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>18,235</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,235</x:t>
-[...16 lines deleted...]
-          <x:t>18,270</x:t>
+          <x:t>18,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,177</x:t>
+          <x:t>18,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,228</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>03.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,315</x:t>
-[...549 lines deleted...]
-          <x:t>18,294</x:t>
+          <x:t>18,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,337</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>