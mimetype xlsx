--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b77d9b3a9844f76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfacc13cd07f2436f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ebeb5140e124dc7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85bbfd99a03a4cc6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb42f1e70b9fa440a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ebeb5140e124dc7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68224d37d36c4fb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85bbfd99a03a4cc6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers USD Corporate Bond Short Duration SRI PAB UCITS ETF 2C EUR Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFMKQ930</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...161 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,308</x:t>
-[...31 lines deleted...]
-          <x:t>18,255</x:t>
+          <x:t>18,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,326</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...354 lines deleted...]
-          <x:t>15.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,375</x:t>
-[...9 lines deleted...]
-          <x:t>18,337</x:t>
+          <x:t>18,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>