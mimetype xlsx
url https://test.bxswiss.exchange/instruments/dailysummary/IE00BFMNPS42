--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2400ce9ab6ab4dd2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R007bb31d88ef4a40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1cc295632654900"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b9f46cb2d474b45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bad7c3938464b08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1cc295632654900" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8fd5aba401b4ce1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b9f46cb2d474b45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA ESG UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFMNPS42</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>58,044</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,968</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>