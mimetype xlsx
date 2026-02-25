--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R007bb31d88ef4a40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2d628ed597d4022" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b9f46cb2d474b45"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R849ef9217f7f44a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8fd5aba401b4ce1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b9f46cb2d474b45" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74cebdb728334810" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R849ef9217f7f44a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA ESG UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFMNPS42</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...269 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>60,411</x:t>
-[...306 lines deleted...]
-          <x:t>59,968</x:t>
+          <x:t>59,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,930</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>