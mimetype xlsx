--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re033983168d84a4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5103ffcb755a4c5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb762608c79e4e9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R033f6e9e75c24a28"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,677 +91,677 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f9bf5a82c874d39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb762608c79e4e9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a448b52a5d24fe9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R033f6e9e75c24a28" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>iShares IV MSCI EMU ESG Screened UCITS ETF EUR Dist</x:t>
+          <x:t>iShares IV MSCI EMU Screened UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3C07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...490 lines deleted...]
-          <x:t>7,927</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,876</x:t>
-[...65 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>8,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,026</x:t>
-[...4 lines deleted...]
-          <x:t>7,959</x:t>
+          <x:t>8,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,296</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>