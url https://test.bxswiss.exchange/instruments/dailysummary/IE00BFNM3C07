--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5103ffcb755a4c5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R955ee026c56a460e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R033f6e9e75c24a28"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra613cdad1aed4471"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a448b52a5d24fe9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R033f6e9e75c24a28" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb143af3ba0fb4cde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra613cdad1aed4471" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI EMU Screened UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3C07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,296</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...239 lines deleted...]
-          <x:t>8,202</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,237</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-          <x:t>03.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,309</x:t>
-[...43 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>8,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,314</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,299</x:t>
-[...53 lines deleted...]
-          <x:t>8,283</x:t>
+          <x:t>8,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,295</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...64 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,331</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>8,296</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,635</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>