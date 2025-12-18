--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c28474ce68749b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c2dd0b21b4642fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bcc2c9745834924"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8798ae36c7e94f39"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,704 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd839141b1d93408e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bcc2c9745834924" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c10ba31745f41f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8798ae36c7e94f39" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>iShares IV MSCI Europe ESG Screened UCITS ETF EUR Dist</x:t>
+          <x:t>iShares IV MSCI Europe Screened UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3F38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...458 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,764</x:t>
-[...144 lines deleted...]
-          <x:t>7,913</x:t>
+          <x:t>7,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,054</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>