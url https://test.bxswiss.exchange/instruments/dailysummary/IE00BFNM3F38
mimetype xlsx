--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c2dd0b21b4642fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac7fad65d76448df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8798ae36c7e94f39"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb818079559c049f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c10ba31745f41f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8798ae36c7e94f39" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re98f3d0bb8604179" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb818079559c049f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI Europe Screened UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3F38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...242 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,078</x:t>
+          <x:t>8,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,067</x:t>
-[...6 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>8,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,054</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>8,092</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,054</x:t>
+          <x:t>8,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>