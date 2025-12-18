--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9dfbbe6666d4f7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9264dd389fc4eaa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4646febc2e474724"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0bb966555e341ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,704 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7910f62621c45e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4646febc2e474724" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R685679d46888414a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0bb966555e341ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>iShares IV MSCI USA ESG Screened UCITS ETF</x:t>
+          <x:t>iShares IV MSCI USA Screened UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3G45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,750</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...168 lines deleted...]
-          <x:t>13,809</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,815</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>13,866</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,034</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>