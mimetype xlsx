--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9264dd389fc4eaa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R212a0f10d8ad4e6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0bb966555e341ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2ffaa78f3ee4ac7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R685679d46888414a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0bb966555e341ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e92813fa35a49af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2ffaa78f3ee4ac7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI USA Screened UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3G45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...252 lines deleted...]
-          <x:t>14,233</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,199</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>14,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,102</x:t>
-[...43 lines deleted...]
-          <x:t>14,229</x:t>
+          <x:t>14,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,151</x:t>
-[...42 lines deleted...]
-        <x:is>
           <x:t>14,307</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>14,332</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,350</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...195 lines deleted...]
-          <x:t>14,034</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,341</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>