--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc21bed8666c64401" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dbb876236064879" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf96e52a5add94452"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0cef41917304b66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,677 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reeb62a24748d4909" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf96e52a5add94452" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd075c3b3107f4b9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0cef41917304b66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>iShares IV MSCI World ESG Screened UCITS ETF USD Dist</x:t>
+          <x:t>iShares IV MSCI World Screened UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3K80</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>10,659</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,646</x:t>
-[...269 lines deleted...]
-          <x:t>10,712</x:t>
+          <x:t>10,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,735</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>10,794</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,015</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>