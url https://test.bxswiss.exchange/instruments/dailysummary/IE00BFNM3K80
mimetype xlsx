--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dbb876236064879" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5c59af009754083" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0cef41917304b66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cd864fc486a4313"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd075c3b3107f4b9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0cef41917304b66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06a1ec6369ae45f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cd864fc486a4313" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI World Screened UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3K80</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>11,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>11,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,958</x:t>
-[...421 lines deleted...]
-          <x:t>11,119</x:t>
+          <x:t>11,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,152</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>11,015</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,232</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>