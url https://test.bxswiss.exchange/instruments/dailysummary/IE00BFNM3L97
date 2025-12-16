--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2967a146279849ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc782a0b5ff674532" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7a842e6b570467a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04d59f64525c4347"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,677 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R471a4e5a4e79479c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7a842e6b570467a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3397d1e638a44d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04d59f64525c4347" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>iShares IV MSCI Japan ESG Screened UCITS ETF</x:t>
+          <x:t>iShares IV MSCI Japan Screened UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3L97</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>7,921</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,013</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>8,001</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,066</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...384 lines deleted...]
-          <x:t>7,941</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,403</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>