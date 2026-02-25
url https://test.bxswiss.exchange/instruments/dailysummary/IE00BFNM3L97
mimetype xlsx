--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc782a0b5ff674532" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re21893e844804f3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04d59f64525c4347"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R046ee4cdf1d148cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3397d1e638a44d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04d59f64525c4347" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a29e1d033cf4f4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R046ee4cdf1d148cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI Japan Screened UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3L97</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>8,319</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,313</x:t>
-[...21 lines deleted...]
-          <x:t>8,179</x:t>
+          <x:t>8,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,200</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>8,403</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,747</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>