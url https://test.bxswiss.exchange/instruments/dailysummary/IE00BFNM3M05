--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9687a83dd3a420e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9727174b82264839" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35f4a86c42244218"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6238e290c4de40e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,677 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c1cb3810d0b4191" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35f4a86c42244218" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a20d3e64f424053" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6238e290c4de40e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>iShares IV MSCI Japan ESG Screened UCITS ETF USD Dist</x:t>
+          <x:t>iShares IV MSCI Japan Screened UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3M05</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>7,052</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,071</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>7,046</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,079</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...138 lines deleted...]
-          <x:t>18.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,154</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...254 lines deleted...]
-          <x:t>7,040</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,302</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>