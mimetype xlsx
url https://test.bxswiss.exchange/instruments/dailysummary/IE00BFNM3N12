--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9964362bff9c4d4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3e6537cd8454b1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a1adb486af14078"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf287fcf5ba64394"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,677 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc07471fe49943d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a1adb486af14078" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5785a85c5d048ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf287fcf5ba64394" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>iShares IV MSCI EM IMI ESG Screened UCITS ETF USD Dist</x:t>
+          <x:t>iShares IV MSCI EM IMI Screened UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3N12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>7,005</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,055</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>7,184</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,166</x:t>
-[...43 lines deleted...]
-          <x:t>7,138</x:t>
+          <x:t>7,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,128</x:t>
-[...173 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>7,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,162</x:t>
-        </x:is>
-[...40 lines deleted...]
-          <x:t>7,231</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>