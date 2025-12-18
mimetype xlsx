--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdeb99af0e33141d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83ca67962b6d4132" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfff999e376c742d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd00fc7f3d3544df4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,704 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0efbbf5ef41a4eb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfff999e376c742d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R632906ebd1d64904" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd00fc7f3d3544df4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>iShares IV MSCI EM IMI ESG Screened UCITS ETF</x:t>
+          <x:t>iShares IV MSCI EM IMI Screened UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3P36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...323 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,306</x:t>
-[...102 lines deleted...]
-          <x:t>8,246</x:t>
+          <x:t>8,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,237</x:t>
-[...166 lines deleted...]
-          <x:t>8,329</x:t>
+          <x:t>8,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>