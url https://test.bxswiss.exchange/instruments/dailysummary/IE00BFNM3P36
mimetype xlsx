--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83ca67962b6d4132" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a444888a726414a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd00fc7f3d3544df4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93bcc2aa6cbb47f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R632906ebd1d64904" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd00fc7f3d3544df4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdaec1eae09674d4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93bcc2aa6cbb47f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI EM IMI Screened UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNM3P36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>18.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,385</x:t>
-[...58 lines deleted...]
-          <x:t>8,377</x:t>
+          <x:t>8,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,383</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...226 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,478</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>8,582</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,528</x:t>
-[...215 lines deleted...]
-          <x:t>8,330</x:t>
+          <x:t>8,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,084</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>