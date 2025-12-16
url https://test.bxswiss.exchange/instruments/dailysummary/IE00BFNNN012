--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3372b083dd4a49ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45f50ae78aa44cbc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9808610c44144a96"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0325a42eaa344082"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc01b2df929124ee8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9808610c44144a96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R550a82317eb54ba9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0325a42eaa344082" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree AT1 CoCo Bond UCITS ETF - USD Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNNN012</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...328 lines deleted...]
-          <x:t>78,542</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>78,478</x:t>
-[...274 lines deleted...]
-          <x:t>80,182</x:t>
+          <x:t>79,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,770</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>