--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45f50ae78aa44cbc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2166a187aa24bf8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0325a42eaa344082"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87d4bf68aa354f51"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R550a82317eb54ba9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0325a42eaa344082" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ddec8e3219e4383" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87d4bf68aa354f51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree AT1 CoCo Bond UCITS ETF - USD Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFNNN012</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...58 lines deleted...]
-          <x:t>78,904</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,461</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>78,983</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,599</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...467 lines deleted...]
-          <x:t>79,796</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>79,418</x:t>
-[...4 lines deleted...]
-          <x:t>79,770</x:t>
+          <x:t>79,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,928</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>