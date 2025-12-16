--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87cffdda996543a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re99962d569a64255" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35680a1bca8a467a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd67d03f2a0c549e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c84ca91094d4c2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35680a1bca8a467a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc5c4604c5d2495c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd67d03f2a0c549e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Multi-Strategy Enhanced Commodities UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFXR6159</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,024</x:t>
-[...237 lines deleted...]
-          <x:t>11,897</x:t>
+          <x:t>12,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,866</x:t>
-[...301 lines deleted...]
-          <x:t>11,882</x:t>
+          <x:t>12,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,791</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>