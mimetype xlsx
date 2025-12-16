--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R190455162cb84d26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R666a9d6b4edb4b80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4544966de104a03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra34a5f8dfced4be7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65a6fd2f81a94f5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4544966de104a03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72e41df35bb24bf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra34a5f8dfced4be7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EQQQ Nasdaq-100 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFZXGZ54</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>336,591</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,377</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>