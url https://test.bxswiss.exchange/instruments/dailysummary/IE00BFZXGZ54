--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R666a9d6b4edb4b80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R141d83fdf46445f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra34a5f8dfced4be7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bcf398f448f46a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72e41df35bb24bf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra34a5f8dfced4be7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fe0317aaed348df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bcf398f448f46a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EQQQ Nasdaq-100 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BFZXGZ54</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>339,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,313</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>