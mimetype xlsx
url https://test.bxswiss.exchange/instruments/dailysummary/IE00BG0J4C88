--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61aa5ae9645f49e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re596312258554e54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R357df09f9ba34c57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R535d2196097d41b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cb91e3d8bc24200" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R357df09f9ba34c57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cfe1ec9ec644554" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R535d2196097d41b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV Digital Security UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BG0J4C88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>7,996</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,984</x:t>
-[...43 lines deleted...]
-          <x:t>7,953</x:t>
+          <x:t>7,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,898</x:t>
-[...65 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>8,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,095</x:t>
-[...151 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>7,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,243</x:t>
-[...306 lines deleted...]
-          <x:t>8,244</x:t>
+          <x:t>8,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,123</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>