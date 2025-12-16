--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc05f60af16248ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6205f20075f424e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcee2645f83af44ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25d1922e5b5f4e5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc57287976d074390" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcee2645f83af44ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16542fdee0134a19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25d1922e5b5f4e5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV $ Ultrashort Bond UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGCSB447</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>02.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,946</x:t>
-[...26 lines deleted...]
-          <x:t>4,954</x:t>
+          <x:t>5,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,958</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...15 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,965</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...514 lines deleted...]
-          <x:t>4,950</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,974</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>