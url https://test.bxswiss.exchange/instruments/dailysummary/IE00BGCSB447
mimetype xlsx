--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6205f20075f424e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re37c99a4c4d5483c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25d1922e5b5f4e5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc239b806e68d4867"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16542fdee0134a19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25d1922e5b5f4e5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R752e2ee29e9c46b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc239b806e68d4867" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV $ Ultrashort Bond UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGCSB447</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>17.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,941</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>4,978</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,977</x:t>
-[...11 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>5,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,035</x:t>
-[...161 lines deleted...]
-          <x:t>5,039</x:t>
+          <x:t>5,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,012</x:t>
-        </x:is>
-[...300 lines deleted...]
-          <x:t>4,974</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>