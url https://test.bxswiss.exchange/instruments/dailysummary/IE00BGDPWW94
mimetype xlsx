--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdec134b898ff456b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56cfba8656914f01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d0b2e8f90354a95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19165763deaf45fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44b13a1076d34a9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d0b2e8f90354a95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28079b99450b4668" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19165763deaf45fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II MSCI Europe SRI UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGDPWW94</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>7,175</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,187</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...121 lines deleted...]
-          <x:t>7,256</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,256</x:t>
-[...38 lines deleted...]
-          <x:t>7,267</x:t>
+          <x:t>7,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,303</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...153 lines deleted...]
-          <x:t>7,229</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,229</x:t>
-[...247 lines deleted...]
-          <x:t>7,362</x:t>
+          <x:t>7,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,358</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>