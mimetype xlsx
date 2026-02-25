--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56cfba8656914f01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra79ab47756f847d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19165763deaf45fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32cd0457470742c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28079b99450b4668" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19165763deaf45fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17766c2cb7ea45fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32cd0457470742c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II MSCI Europe SRI UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGDPWW94</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...296 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,336</x:t>
-[...31 lines deleted...]
-          <x:t>7,299</x:t>
+          <x:t>7,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,303</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.12.2025</x:t>
-[...235 lines deleted...]
-          <x:t>7,358</x:t>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,634</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>