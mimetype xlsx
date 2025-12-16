--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd52738d50417481f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33096f28e4ae4e09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a4192e1d3a441f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fadd3ddc1724ef1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43929034a22646b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a4192e1d3a441f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d5436d63b2c4508" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fadd3ddc1724ef1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA Consumer Staples UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGQYRQ28</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...409 lines deleted...]
-          <x:t>37,008</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,044</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>36,773</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,921</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>36,820</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,344</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>