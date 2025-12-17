--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac9e1261a16645d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R787b7229bb4b4178" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2826572e28c94cbe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00a040e836b94c26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3748cab14844fde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2826572e28c94cbe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R693d5a7a1a9e4427" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00a040e836b94c26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA Consumer Discretionary UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGQYRR35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...490 lines deleted...]
-          <x:t>77,164</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>76,288</x:t>
-[...85 lines deleted...]
-          <x:t>76,657</x:t>
+          <x:t>78,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,754</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>