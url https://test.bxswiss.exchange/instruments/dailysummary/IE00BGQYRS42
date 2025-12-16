--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R081ecfffd7df49e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbff34fd061c4b20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2386f88808ab4686"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cecf87f13ac498d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac70f8a5de064945" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2386f88808ab4686" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6aad8da9c35e4ea8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cecf87f13ac498d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA Information Technology UCITS ETF 1D Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGQYRS42</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>110,127</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>