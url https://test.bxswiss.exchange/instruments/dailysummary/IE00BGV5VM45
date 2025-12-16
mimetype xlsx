--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R524b152fdf964630" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2a28b71ca1a44fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbe27983c3a846e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a78b7e3253a44a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f5b02224cdf482d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbe27983c3a846e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R277452eff61e450e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a78b7e3253a44a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) S&amp;P Europe ex UK UCITS ETF - 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGV5VM45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>78,489</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>