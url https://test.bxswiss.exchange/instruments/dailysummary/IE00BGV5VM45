--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2a28b71ca1a44fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdeb748aed1ed4d2a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a78b7e3253a44a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ecc2ef0a23442fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R277452eff61e450e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a78b7e3253a44a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92dae20b877f41e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ecc2ef0a23442fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) S&amp;P Europe ex UK UCITS ETF - 1D</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGV5VM45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,052</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>