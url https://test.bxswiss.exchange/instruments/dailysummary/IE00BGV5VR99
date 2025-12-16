--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1243c8938214d31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb4eabb3f95d4cf9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra72f386b600a44f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b0805bf312b4efa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71fa2418063344a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra72f386b600a44f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf08b5733d5f14904" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b0805bf312b4efa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) Future Mobility UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGV5VR99</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>90,066</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,786</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>