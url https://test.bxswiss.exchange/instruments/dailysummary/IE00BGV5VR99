--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb4eabb3f95d4cf9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa85d317d0e640ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b0805bf312b4efa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8d66b98740c4695"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf08b5733d5f14904" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b0805bf312b4efa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65425680b1f6434d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8d66b98740c4695" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) Future Mobility UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BGV5VR99</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,937</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>