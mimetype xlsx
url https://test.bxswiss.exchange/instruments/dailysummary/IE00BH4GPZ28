--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac83afadc9864317" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R881b322bb98d48d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc13be6576bd64b5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f1f1434062e432b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d2c449addf849db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc13be6576bd64b5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9be21177eba4c99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f1f1434062e432b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P 500 ESG Leaders UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BH4GPZ28</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...500 lines deleted...]
-          <x:t>37,417</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,669</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>38,066</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>