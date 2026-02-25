--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R881b322bb98d48d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4704674b55224cef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f1f1434062e432b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2145104d075347b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9be21177eba4c99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f1f1434062e432b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48f2c57347134aac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2145104d075347b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P 500 ESG Leaders UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BH4GPZ28</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...58 lines deleted...]
-          <x:t>38,013</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>37,960</x:t>
-[...227 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>39,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>39,591</x:t>
-[...306 lines deleted...]
-          <x:t>38,670</x:t>
+          <x:t>39,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>