--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra103e2fc2e854517" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dfe558b97714ded" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d5ce869b2ae47d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c9cd47a6dde4bff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b17148f022548ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d5ce869b2ae47d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd7bbeca7a1c46db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c9cd47a6dde4bff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) ETF plc S&amp;P 500 ESG UCITS ETF (USD) A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BHXMHL11</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>38,601</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,935</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>