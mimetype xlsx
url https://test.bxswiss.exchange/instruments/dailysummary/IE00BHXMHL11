--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dfe558b97714ded" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1b93227329d43ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c9cd47a6dde4bff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5253bb4696845a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd7bbeca7a1c46db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c9cd47a6dde4bff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5f66d5b663b481a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5253bb4696845a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) ETF plc S&amp;P 500 ESG UCITS ETF (USD) A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BHXMHL11</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...188 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>39,875</x:t>
-[...387 lines deleted...]
-          <x:t>39,935</x:t>
+          <x:t>39,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,676</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>