--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra995d58922a24da9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39983f00113243b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbed0761056184996"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f240424f1a34128"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,677 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf4c4f9033fc4c31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbed0761056184996" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra84e117b1d724eae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f240424f1a34128" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>iShares IV MSCI EMU ESG Enhanced UCITS ETF EUR Acc</x:t>
+          <x:t>iShares IV MSCI EMU ESG Enhanced CTB UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BHZPJ015</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...463 lines deleted...]
-          <x:t>8,828</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,803</x:t>
-[...139 lines deleted...]
-          <x:t>9,019</x:t>
+          <x:t>8,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,293</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>