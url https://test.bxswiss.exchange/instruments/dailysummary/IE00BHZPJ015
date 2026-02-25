--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39983f00113243b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4babceb7f0c440a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f240424f1a34128"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17cb68801fd1489d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra84e117b1d724eae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f240424f1a34128" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5fd6be04ac74611" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17cb68801fd1489d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI EMU ESG Enhanced CTB UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BHZPJ015</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...377 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,237</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>9,210</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>9,168</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,161</x:t>
-[...58 lines deleted...]
-          <x:t>9,293</x:t>
+          <x:t>9,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,653</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>