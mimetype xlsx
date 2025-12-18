--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff8edc88e7624333" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R951dc6aba9f4422a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0dda424ef96e4729"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d6d7f3564044fb3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,677 +91,704 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd62e236af6e84bd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0dda424ef96e4729" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R017cf6593deb4577" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d6d7f3564044fb3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>iShares IV MSCI World ESG Enhanced UCITS ETF USD Acc</x:t>
+          <x:t>iShares IV MSCI World ESG Enhanced CTB UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BHZPJ569</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>8,418</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,392</x:t>
-[...209 lines deleted...]
-        <x:is>
           <x:t>8,535</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>8,511</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,667</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>