--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R951dc6aba9f4422a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra47e8f486db6496b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d6d7f3564044fb3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd52938f34ce4531"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R017cf6593deb4577" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d6d7f3564044fb3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfaf496412ce34dd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd52938f34ce4531" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI World ESG Enhanced CTB UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BHZPJ569</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...80 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,712</x:t>
-[...156 lines deleted...]
-          <x:t>8,796</x:t>
+          <x:t>8,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,778</x:t>
-[...355 lines deleted...]
-          <x:t>8,667</x:t>
+          <x:t>8,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,968</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>