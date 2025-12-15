--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6323dff6b524ed2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cbb55b324f546f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reff4aff6f99d4f66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7161245e06d04522"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,677 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e4309dfb63b4437" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reff4aff6f99d4f66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f7c7b03511445bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7161245e06d04522" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>iShares IV MSCI USA ESG Enhanced UCITS ETF USD Acc</x:t>
+          <x:t>iShares IV  MSCI USA ESG Enhanced CTB UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BHZPJ908</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...284 lines deleted...]
-          <x:t>9,447</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,477</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...153 lines deleted...]
-          <x:t>9,555</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,560</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>9,519</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,560</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>9,633</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,790</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>