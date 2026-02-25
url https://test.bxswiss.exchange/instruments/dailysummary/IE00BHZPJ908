--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cbb55b324f546f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14b061e9f8a2487d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7161245e06d04522"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9148b756508c4eb9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f7c7b03511445bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7161245e06d04522" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06b43e3b88604a90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9148b756508c4eb9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV  MSCI USA ESG Enhanced CTB UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BHZPJ908</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>9,734</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,820</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...423 lines deleted...]
-          <x:t>9,892</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,908</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>9,790</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,923</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>