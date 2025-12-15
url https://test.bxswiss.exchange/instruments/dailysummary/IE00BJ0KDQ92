--- v0 (2025-10-01)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf18138f546c44c13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f70032bbe524601" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raadf536295a34a3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1ff6ba84fad4cce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83be9de45c214cb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raadf536295a34a3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a7e003fa22c402d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1ff6ba84fad4cce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJ0KDQ92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...284 lines deleted...]
-          <x:t>108,779</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,015</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>110,619</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,859</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>