--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f70032bbe524601" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9be0060078e4885" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1ff6ba84fad4cce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd160e87ca6524883"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a7e003fa22c402d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1ff6ba84fad4cce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f920953ad0b46ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd160e87ca6524883" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJ0KDQ92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...360 lines deleted...]
-          <x:t>113,957</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,347</x:t>
-[...16 lines deleted...]
-          <x:t>113,602</x:t>
+          <x:t>112,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,292</x:t>
-[...188 lines deleted...]
-          <x:t>112,859</x:t>
+          <x:t>113,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,934</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>