--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfe97770d7f040f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde89c2d4e12d4c0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e52059d65ea46df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8eddec37653d491d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0dbdb1c215c4495" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e52059d65ea46df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce98e6977e1d4f58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8eddec37653d491d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJ0KDR00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>157,099</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,078</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>