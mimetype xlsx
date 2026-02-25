--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde89c2d4e12d4c0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re56bd54b53044f04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8eddec37653d491d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4976367bec3a44e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce98e6977e1d4f58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8eddec37653d491d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1804251c5ad4aab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4976367bec3a44e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJ0KDR00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,678</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>