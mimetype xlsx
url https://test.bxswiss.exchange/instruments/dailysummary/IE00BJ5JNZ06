--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6547292db1794658" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94f86525ee42480d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4db7aa5cdc0d4275"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37ca5804c5754578"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,677 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re28a5a26a25b42ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4db7aa5cdc0d4275" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b3d07ccc5114474" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37ca5804c5754578" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>iShares V MSCI World Health Care Sector ESG UCITS ETF USD Dist</x:t>
+          <x:t>iShares V MSCI World Health Care Sector Advanced UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJ5JNZ06</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>5,829</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,208</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>