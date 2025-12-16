--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R832ab805218142f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ab9166d1d784e61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra07ee9be77dd48e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcb02e9236fa4d3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc91acc780ed440c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra07ee9be77dd48e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6208b5d9218d4eab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcb02e9236fa4d3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V MSCI World Consumer Staples Sector UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJ5JP329</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>4,812</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,783</x:t>
-[...291 lines deleted...]
-          <x:t>4,662</x:t>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,710</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>4,647</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>