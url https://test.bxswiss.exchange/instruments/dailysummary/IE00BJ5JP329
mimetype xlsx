--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ab9166d1d784e61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73144119676f4188" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcb02e9236fa4d3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re618d46d308b449f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6208b5d9218d4eab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcb02e9236fa4d3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3977b9017ad4be2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re618d46d308b449f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V MSCI World Consumer Staples Sector UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJ5JP329</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...68 lines deleted...]
-          <x:t>4,600</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,629</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>4,630</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,636</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>4,713</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,717</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>4,782</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,776</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>4,690</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,810</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>