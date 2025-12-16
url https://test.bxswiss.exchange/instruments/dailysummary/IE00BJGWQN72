--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfadac2bcb73d4b58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc4d6d68229d4fac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a1a6f27399a43af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec4dbbeb0cd94d0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b253e292c3a4dd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a1a6f27399a43af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6923327e24b84f50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec4dbbeb0cd94d0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Cloud Computing UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJGWQN72</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>27,537</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,548</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>