--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4294b154d31e4579" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8297a02da474350" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9b04d077fb548a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a43271474ff49a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ae53e31ec2f4a27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9b04d077fb548a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb4cb02d1cb64261" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a43271474ff49a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco MSCI USA ESG Universal Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJQRDM08</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>79,756</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,718</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>