--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8297a02da474350" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09a45ad22bbf4200" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a43271474ff49a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3554eb4f9f845ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb4cb02d1cb64261" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a43271474ff49a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa3ad01f5ca04e13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3554eb4f9f845ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco MSCI USA ESG Universal Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJQRDM08</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,807</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>