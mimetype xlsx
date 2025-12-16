--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71a99189be4a4a37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ddd9a9200b444aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d8c245ea1c24707"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4edcdd5df24b48af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d69f25fabd7471d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d8c245ea1c24707" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7245ff11259c47a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4edcdd5df24b48af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HANetf-HAN-GINS Indxx Healthcare Megatrend Equal Weight UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJQTJ848</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>5,988</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>