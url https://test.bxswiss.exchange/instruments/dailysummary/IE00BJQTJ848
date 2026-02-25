--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ddd9a9200b444aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73e923182ae64dd0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4edcdd5df24b48af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb3a187753b144a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7245ff11259c47a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4edcdd5df24b48af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e823c8aa0774c21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb3a187753b144a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HANetf-HAN-GINS Indxx Healthcare Megatrend Equal Weight UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJQTJ848</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>6,428</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,425</x:t>
-[...87 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>6,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,530</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...293 lines deleted...]
-          <x:t>6,610</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,581</x:t>
-[...166 lines deleted...]
-          <x:t>6,435</x:t>
+          <x:t>6,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>