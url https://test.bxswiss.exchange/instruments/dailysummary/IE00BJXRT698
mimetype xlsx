--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08e06bb80b924b06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0964758d1c5b4985" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d06104b598d4897"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c9effdd3c9c4b1e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1121963436304fb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d06104b598d4897" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R398927b1bdca4d1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c9effdd3c9c4b1e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR Bloomberg 1-3 Month T-Bill  UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJXRT698</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>93,072</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,427</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>93,385</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,821</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>