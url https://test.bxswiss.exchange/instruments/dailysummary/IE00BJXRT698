--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0964758d1c5b4985" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9862ac6c9a0c4181" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c9effdd3c9c4b1e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4849a13139d4499b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R398927b1bdca4d1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c9effdd3c9c4b1e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6192d239380d4dac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4849a13139d4499b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR Bloomberg 1-3 Month T-Bill  UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJXRT698</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,472</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>