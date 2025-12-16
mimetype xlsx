--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb00c3f272f624314" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25ac94f31fd5415d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72f8e32f3c0b449c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78c2feed07dd403b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R832512f69fbc43d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72f8e32f3c0b449c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f1c740fa3d545df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78c2feed07dd403b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) ETF plc MSCI USA Socially Responsible ETF USD acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJXT3C94</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...414 lines deleted...]
-          <x:t>17,180</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,145</x:t>
-[...188 lines deleted...]
-          <x:t>17,342</x:t>
+          <x:t>16,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,694</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>