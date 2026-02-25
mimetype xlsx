--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25ac94f31fd5415d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re28b8545e0d04e51" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78c2feed07dd403b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7533635c88a140a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f1c740fa3d545df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78c2feed07dd403b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c433db99d004e07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7533635c88a140a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) ETF plc MSCI USA Socially Responsible ETF USD acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJXT3C94</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...112 lines deleted...]
-          <x:t>17,414</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,544</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>17,650</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,625</x:t>
-[...119 lines deleted...]
-          <x:t>17,696</x:t>
+          <x:t>17,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,708</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>18,010</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,907</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>17,815</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,874</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>11.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,873</x:t>
-[...63 lines deleted...]
-          <x:t>17,694</x:t>
+          <x:t>17,908</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>