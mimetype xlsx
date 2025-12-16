--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd674effa5b9471e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac8a7029e3ea46cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89d42de7171a401a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R715954900b1943f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re756608ef27846f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89d42de7171a401a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c12bb3241d34764" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R715954900b1943f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA Screened UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJZ2DC62</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>45,438</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>45,352</x:t>
-[...286 lines deleted...]
-          <x:t>46,120</x:t>
+          <x:t>46,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>46,015</x:t>
-[...58 lines deleted...]
-          <x:t>46,315</x:t>
+          <x:t>46,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,279</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>