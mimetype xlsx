--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac8a7029e3ea46cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8e56046d01749b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R715954900b1943f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9d98de1ba42403a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c12bb3241d34764" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R715954900b1943f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcacdfdcdf0e240a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9d98de1ba42403a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI USA Screened UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJZ2DC62</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...122 lines deleted...]
-          <x:t>46,706</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,760</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>25.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>47,179</x:t>
-[...178 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>46,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>47,833</x:t>
-[...198 lines deleted...]
-          <x:t>47,279</x:t>
+          <x:t>47,905</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>