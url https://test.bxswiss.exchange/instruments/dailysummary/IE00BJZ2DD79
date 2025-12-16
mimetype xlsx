--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73df010c275140ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc87a816578cf4ed8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ec3f931793a4e10"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc54c0f8093a046a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f5b2b829c3642f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ec3f931793a4e10" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f58709e06c7411a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc54c0f8093a046a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) Russell 2000 UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJZ2DD79</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>275,743</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,660</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...532 lines deleted...]
-          <x:t>284,102</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,726</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>