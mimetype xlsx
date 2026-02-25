--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc87a816578cf4ed8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ac7688c975e4aed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc54c0f8093a046a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f9910c50a3c4657"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f58709e06c7411a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc54c0f8093a046a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e0a04165789418a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f9910c50a3c4657" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) Russell 2000 UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BJZ2DD79</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...284 lines deleted...]
-          <x:t>294,568</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,231</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>298,726</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,671</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>