--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd5498fabc4e4227" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2af3e14fd0a34085" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d04744462f646fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b81e875e7754bbf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc28545e05fa14b98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d04744462f646fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R272d1f9708e74535" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b81e875e7754bbf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core MSCI World UCITS ETF EUR Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKBF6H24</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,511</x:t>
-[...53 lines deleted...]
-          <x:t>9,540</x:t>
+          <x:t>9,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,512</x:t>
-[...168 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>9,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,574</x:t>
-[...63 lines deleted...]
-          <x:t>9,579</x:t>
+          <x:t>9,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,802</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>