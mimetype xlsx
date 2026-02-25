--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2af3e14fd0a34085" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ddefcef9900419b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b81e875e7754bbf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R095bd884f9df42e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R272d1f9708e74535" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b81e875e7754bbf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1bc2fc6b5cf4a6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R095bd884f9df42e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core MSCI World UCITS ETF EUR Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKBF6H24</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>17.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,710</x:t>
-[...328 lines deleted...]
-          <x:t>9,717</x:t>
+          <x:t>9,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,765</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...171 lines deleted...]
-          <x:t>9,886</x:t>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,769</x:t>
-[...26 lines deleted...]
-          <x:t>9,802</x:t>
+          <x:t>9,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,996</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>