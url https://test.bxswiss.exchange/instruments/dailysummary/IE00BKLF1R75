--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03a1f4ec61b449c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89f71552439d4a3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re90e96d76da548fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c859f32af2648ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf81dadf0672c45e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re90e96d76da548fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08e802faa5aa438b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c859f32af2648ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Battery Solutions UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKLF1R75</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>36,306</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,395</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>