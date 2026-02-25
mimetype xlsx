--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89f71552439d4a3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8446219467249ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c859f32af2648ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72a9f8be90a543c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08e802faa5aa438b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c859f32af2648ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22ad39ffcb6c412d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72a9f8be90a543c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Battery Solutions UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKLF1R75</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...350 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>36,728</x:t>
-[...112 lines deleted...]
-          <x:t>37,640</x:t>
+          <x:t>36,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,222</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>36,395</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,049</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>