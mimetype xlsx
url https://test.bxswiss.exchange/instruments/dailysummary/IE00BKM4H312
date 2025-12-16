--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95f0ab9b180149f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb948a70b083b49f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0ebf38ba2844014"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb7be6f05b524d5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,677 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e5f759ad1a8441f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0ebf38ba2844014" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1320d59dea9540ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb7be6f05b524d5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>iShares II MSCI USA Quality Dividend ESG UCITS ETF USD Dist</x:t>
+          <x:t>iShares II MSCI USA Quality Dividend Advanced UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKM4H312</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>45,558</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,428</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>