--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb948a70b083b49f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cfb33615af54ec6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb7be6f05b524d5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R036bbe0f821a4b5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1320d59dea9540ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb7be6f05b524d5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8ec86f918494c20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R036bbe0f821a4b5b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II MSCI USA Quality Dividend Advanced UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKM4H312</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...436 lines deleted...]
-          <x:t>46,724</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>46,662</x:t>
-[...139 lines deleted...]
-          <x:t>46,428</x:t>
+          <x:t>47,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,293</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>