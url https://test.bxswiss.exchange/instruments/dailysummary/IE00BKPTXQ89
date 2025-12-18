--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ea4376c073b4d98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82cb1594ab3e40c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R312c1d8a51474d38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra69be083fa424d9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R737834b6bec04ce6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R312c1d8a51474d38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25e32d93bfab4cf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra69be083fa424d9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HANetf Alerian Midstream Energy Dividend UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKPTXQ89</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,300</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>13,436</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,291</x:t>
-[...264 lines deleted...]
-          <x:t>13,181</x:t>
+          <x:t>12,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,282</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>13,549</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,844</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>