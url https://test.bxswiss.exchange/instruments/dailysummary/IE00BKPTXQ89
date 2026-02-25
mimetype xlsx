--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82cb1594ab3e40c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16204ab7894f4bae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra69be083fa424d9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93bfe0d6491b4233"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25e32d93bfab4cf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra69be083fa424d9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf9509d2cf7141fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93bfe0d6491b4233" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HANetf Alerian Midstream Energy Dividend UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKPTXQ89</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>13,147</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,081</x:t>
-[...173 lines deleted...]
-          <x:t>13,155</x:t>
+          <x:t>13,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,080</x:t>
-[...409 lines deleted...]
-          <x:t>12,844</x:t>
+          <x:t>12,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,429</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>