--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c88fb43047844ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25f93d4a9d01471e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd32b9f1592194035"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23e19f6c80a54e7e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racad182b4cca4d21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd32b9f1592194035" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35de90d0faf941fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23e19f6c80a54e7e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI World Small Cap Socially Responsible UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKSCBX74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,104</x:t>
-[...48 lines deleted...]
-          <x:t>9,157</x:t>
+          <x:t>9,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,069</x:t>
-[...490 lines deleted...]
-          <x:t>9,128</x:t>
+          <x:t>9,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,441</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>