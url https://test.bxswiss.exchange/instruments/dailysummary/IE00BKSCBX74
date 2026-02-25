--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25f93d4a9d01471e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a5536896f3645c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23e19f6c80a54e7e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0579d7bf87fb4ca0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35de90d0faf941fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23e19f6c80a54e7e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e387eeb61c04069" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0579d7bf87fb4ca0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(Irl) - MSCI World Small Cap Socially Responsible UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKSCBX74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...230 lines deleted...]
-          <x:t>9,335</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,394</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...194 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,455</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...146 lines deleted...]
-          <x:t>9,441</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,806</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>