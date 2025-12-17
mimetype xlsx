--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54a6eeffb4934471" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree8e66dd839a4bc8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7971bc9648c34b6f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf354a07bd664297"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cf565bae4ee48ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7971bc9648c34b6f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39240ce88f1a4737" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf354a07bd664297" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Consumer Discretionary UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0C77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>158,247</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,069</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>