--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree8e66dd839a4bc8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74711c0dc378476b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf354a07bd664297"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b52ae0be098485d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39240ce88f1a4737" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf354a07bd664297" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb14ac87c9a054072" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b52ae0be098485d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Consumer Discretionary UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0C77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,566</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,037</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>