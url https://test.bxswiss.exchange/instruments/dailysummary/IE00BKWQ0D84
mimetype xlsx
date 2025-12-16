--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdba706bc4f3a4a2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92d631e80cde4d8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3340952376cf4ded"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa2a847e337c4e49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bc23a3018aa4c88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3340952376cf4ded" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc143b90c66c24ae6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa2a847e337c4e49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Consumer Staples UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0D84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>212,688</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,862</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>213,660</x:t>
+          <x:t>28.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>211,900</x:t>
-[...463 lines deleted...]
-          <x:t>204,144</x:t>
+          <x:t>214,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,958</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>