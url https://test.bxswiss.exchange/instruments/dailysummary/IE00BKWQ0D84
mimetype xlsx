--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92d631e80cde4d8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37f33d965b9f4f0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa2a847e337c4e49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9481b0f0e059442e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc143b90c66c24ae6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa2a847e337c4e49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re42319e09b894eac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9481b0f0e059442e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Consumer Staples UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0D84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,604</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>