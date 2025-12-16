--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4f1317361de4932" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08bdbcda52814a09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20c9a4b668ef4930"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra572fc95e82e4666"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf143b3d7eda94a87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20c9a4b668ef4930" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30bde741e68840f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra572fc95e82e4666" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Energy UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0F09</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>191,477</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,676</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>