--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08bdbcda52814a09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba5b45bb894c4cf2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra572fc95e82e4666"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58b6368c5b3c4209"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30bde741e68840f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra572fc95e82e4666" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88db4f3e02c249e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58b6368c5b3c4209" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Energy UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0F09</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,365</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>